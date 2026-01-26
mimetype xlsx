--- v0 (2025-12-08)
+++ v1 (2026-01-26)
@@ -21,56 +21,56 @@
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="01유치부" sheetId="1" state="visible" r:id="rId1"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="02초등1~2" sheetId="2" state="visible" r:id="rId2"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="03초등3~4" sheetId="3" state="visible" r:id="rId3"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="04초등5~6" sheetId="4" state="visible" r:id="rId4"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="11중등부" sheetId="5" state="visible" r:id="rId5"/>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="마스터1(91~96)" sheetId="6" state="visible" r:id="rId6"/>
-[...4 lines deleted...]
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="마스터4(80년이상)" sheetId="11" state="visible" r:id="rId11"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="21고등부" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="31어덜트" sheetId="7" state="visible" r:id="rId7"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="41마스터1(91~96)" sheetId="8" state="visible" r:id="rId8"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="42마스터2(86~90)" sheetId="9" state="visible" r:id="rId9"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="43마스터3(81~85)" sheetId="10" state="visible" r:id="rId10"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="44마스터4(80년이상)" sheetId="11" state="visible" r:id="rId11"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="51노기중등부" sheetId="12" state="visible" r:id="rId12"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="61노기고등부" sheetId="13" state="visible" r:id="rId13"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="71노기어덜트" sheetId="14" state="visible" r:id="rId14"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="81노기마스터1~2" sheetId="15" state="visible" r:id="rId15"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="82노기마스터3~4" sheetId="16" state="visible" r:id="rId16"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FF0000"/>
@@ -464,7237 +464,10373 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 01유치부 체급 안내
 남자: -18, -21, -25, -29, -33, -37, -41, -45, -49, -53, -57, -61, +61
 여자: -18, -21, -25, -29, -33, -37, -41, -45, -49, -53, -57, -61, +61</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>01유치부</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"01유치부"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"어드밴스(그레이벨트이상),비기너(화이트~그레이 화이트)"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"벨트통합"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-18,-21,-25,-29,-33,-37,-41,-45,-49,-53,-57,-61,+61"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 마스터3(81~85) 체급 안내
+          <t>[⚠ 안내] 43마스터3(81~85) 체급 안내
 남자: -64, -70, -76, -82.3, -88.3, -94.3, +94.3
 여자: -48.5, -53.5, -58.5, -64, -69, -74, +74</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>마스터3(81~85)</t>
+          <t>43마스터3(81~85)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"마스터3(81~85)"</formula1>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"43마스터3(81~85)"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"블루,화이트(2그라우이상),브라운,화이트(1그라우),블랙,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 마스터4(80년이상) 체급 안내
+          <t>[⚠ 안내] 44마스터4(80년이상) 체급 안내
 남자: -64, -70, -76, -82.3, -88.3, -94.3, +94.3
 여자: -48.5, -53.5, -58.5, -64, -69, -74, +74</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>마스터4(80년이상)</t>
+          <t>44마스터4(80년이상)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"마스터4(80년이상)"</formula1>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"44마스터4(80년이상)"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"블루,화이트(2그라우이상),브라운,화이트(1그라우),블랙,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 51노기중등부 체급 안내
 남자: -37.5, -42.5, -46.5, -52.5, -56.5, -62, -67, -72, -77, -82.3, +82.3
 여자: -34, -38, -42.5, -46.5, -50.5, -54.5, -58.5, -63, +63</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>51노기중등부</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"51노기중등부"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너:(화이트~그레이 블랙),어드밴스(옐로우화이트 이상)"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"어드밴스(옐로우화이트 이상),비기너:(화이트~그레이 블랙)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-34,-37.5,-38,-42.5,-46.5,-50.5,-52.5,-54.5,-56.5,-58.5,-62,-63,-67,-72,-77,-82.3,+63,+82.3"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 61노기고등부 체급 안내
 남자: -62, -68, -74, -80.3, -86.3, -92.3, +92.3
 여자: -46.5, -51.5, -56.5, -62, -67, -72, +74</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>61노기고등부</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"61노기고등부"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"블루,화이트(2그라우이상),브라운,화이트(1그라우),블랙,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,퍼플,비기너(화이트0~1그라우),어드밴스(화이트2그라우~그레이블랙)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-46.5,-51.5,-56.5,-62,-67,-68,-72,-74,-80.3,-86.3,-92.3,+74,+92.3"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 71노기어덜트 체급 안내
 남자: -62, -68, -74, -80.3, -86.3, -92.3, +92.3
 여자: -46.5, -51.5, -56.5, -62, -67, -72, +74</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>71노기어덜트</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"71노기어덜트"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"블루,화이트(2그라우이상),브라운,화이트(1그라우),블랙,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-46.5,-51.5,-56.5,-62,-67,-68,-72,-74,-80.3,-86.3,-92.3,+74,+92.3"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 81노기마스터1~2 체급 안내
 남자: -64, -70, -76, -82.3, -88.3, -94.3, +94.3
 여자: -48.5, -53.5, -58.5, -64, -69, -74, +74</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>81노기마스터1~2</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"81노기마스터1~2"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"블루,화이트(2그라우이상),브라운,화이트(1그라우),블랙,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,퍼플,브라운,화이트(2~4그라우),블랙,화이트비기어(0~1그라우)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 82노기마스터3~4 체급 안내
 남자: -64, -70, -76, -82.3, -88.3, -94.3, +94.3
 여자: -48.5, -53.5, -58.5, -64, -69, -74, +74</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>82노기마스터3~4</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"82노기마스터3~4"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"블루,화이트(2그라우이상),브라운,화이트(1그라우),블랙,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 02초등1~2 체급 안내
 남자: -18, -21, -25, -29, -33, -37, -41, -45, -49, -53, -57, -61, +61
 여자: -18, -21, -25, -29, -33, -37, -41, -45, -49, -53, -57, -61, +61</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>02초등1~2</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"02초등1~2"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
       <formula1>"어드밴스(그레이벨트이상),비기너(화이트~그레이 화이트)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-18,-21,-25,-29,-33,-37,-41,-45,-49,-53,-57,-61,+61"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 03초등3~4 체급 안내
 남자: -18, -21, -25, -29, -33, -37, -41, -45, -49, -53, -57, -61, +61
 여자: -18, -21, -25, -29, -33, -37, -41, -45, -49, -53, -57, -61, +61</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>03초등3~4</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"03초등3~4"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
       <formula1>"어드밴스(그레이벨트이상),비기너(화이트~그레이 화이트)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-18,-21,-25,-29,-33,-37,-41,-45,-49,-53,-57,-61,+61"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 04초등5~6 체급 안내
 남자: -18, -21, -25, -29, -33, -37, -41, -45, -49, -53, -57, -61, +61
 여자: -18, -21, -25, -29, -33, -37, -41, -45, -49, -53, -57, -61, +61</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>04초등5~6</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>미신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"04초등5~6"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
       <formula1>"어드밴스(그레이벨트이상),비기너(화이트~그레이 화이트)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-18,-21,-25,-29,-33,-37,-41,-45,-49,-53,-57,-61,+61"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 11중등부 체급 안내
 남자: -39.5, -44.5, -48.5, -54.5, -58.5, -64, -69, -74, -79, -84.3, +84.3
 여자: -36, -40, -44.5, -48.5, -52.5, -56.5, -60.5, -65, +65</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>11중등부</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"11중등부"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너:(화이트~그레이 블랙),어드밴스(옐로우화이트 이상)"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"어드밴스(옐로우화이트 이상),비기너:(화이트~그레이 블랙)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-36,-39.5,-40,-44.5,-48.5,-52.5,-54.5,-56.5,-58.5,-60.5,-64,-65,-69,-74,-79,-84.3,+65,+84.3"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 마스터1(91~96) 체급 안내
-[...3 lines deleted...]
-      </c>
+          <t>[⚠ 안내] 21고등부 체급 안내
+남자: -48.5, -53.5, -57.5, -64, -70, -76, -82.3, -88.3, -94.3, -97.5, +97.5
+여자: -43.5, -48.5, -53.5, -58.5, -64, -69, -74, -79.3, +79.3</t>
+        </is>
+      </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>마스터1(91~96)</t>
+          <t>21고등부</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"마스터1(91~96)"</formula1>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"21고등부"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"블루,화이트(2그라우이상),브라운,화이트(1그라우),블랙,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,퍼플,비기너(화이트0~1그라우),어드밴스(화이트2그라우~그레이블랙)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-43.5,-48.5,-53.5,-57.5,-58.5,-64,-69,-70,-74,-76,-79.3,-82.3,-88.3,-94.3,-97.5,+79.3,+97.5"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 21고등부 체급 안내
+          <t>[⚠ 안내] 31어덜트 체급 안내
 남자: -48.5, -53.5, -57.5, -64, -70, -76, -82.3, -88.3, -94.3, -97.5, +97.5
 여자: -43.5, -48.5, -53.5, -58.5, -64, -69, -74, -79.3, +79.3</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>21고등부</t>
+          <t>31어덜트</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"21고등부"</formula1>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"31어덜트"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"블루,화이트(2그라우이상),브라운,화이트(1그라우),블랙,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-43.5,-48.5,-53.5,-57.5,-58.5,-64,-69,-70,-74,-76,-79.3,-82.3,-88.3,-94.3,-97.5,+79.3,+97.5"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 마스터2(86~90) 체급 안내
+          <t>[⚠ 안내] 41마스터1(91~96) 체급 안내
 남자: -64, -70, -76, -82.3, -88.3, -94.3, +94.3
 여자: -48.5, -53.5, -58.5, -64, -69, -74, +74</t>
         </is>
       </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>마스터2(86~90)</t>
+          <t>41마스터1(91~96)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"마스터2(86~90)"</formula1>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"41마스터1(91~96)"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"블루,화이트(2그라우이상),브라운,화이트(1그라우),블랙,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 31어덜트 체급 안내
-[...3 lines deleted...]
-      </c>
+          <t>[⚠ 안내] 42마스터2(86~90) 체급 안내
+남자: -64, -70, -76, -82.3, -88.3, -94.3, +94.3
+여자: -48.5, -53.5, -58.5, -64, -69, -74, +74</t>
+        </is>
+      </c>
+      <c r="F1" s="2" t="n"/>
+      <c r="I1" s="2" t="n"/>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>이름</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F2" s="2" t="inlineStr">
         <is>
           <t>전화번호</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I2" s="2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>현재 자신의 벨트와 그라우를 정확히 기입합니다.</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>접수 마감 후 단독일 경우 상위 체급으로 이동 / 단독 우승 / 환불 중 하나를 선택해 대진수정 게시판에 댓글로 요청해야만 하는데 이에  동의합니다.</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>접수 마감 후 고등부 블루·퍼플 벨트는 단독일 경우 성인부로 자동 이동됨에 동의합니다.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>31어덜트</t>
+          <t>42마스터2(86~90)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I3" s="2" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>신청</t>
         </is>
       </c>
       <c r="K3" t="inlineStr"/>
       <c r="L3" t="inlineStr"/>
       <c r="M3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="D4" s="2" t="n"/>
+      <c r="F4" s="2" t="n"/>
+      <c r="I4" s="2" t="n"/>
     </row>
     <row r="5">
       <c r="D5" s="2" t="n"/>
+      <c r="F5" s="2" t="n"/>
+      <c r="I5" s="2" t="n"/>
     </row>
     <row r="6">
       <c r="D6" s="2" t="n"/>
+      <c r="F6" s="2" t="n"/>
+      <c r="I6" s="2" t="n"/>
     </row>
     <row r="7">
       <c r="D7" s="2" t="n"/>
+      <c r="F7" s="2" t="n"/>
+      <c r="I7" s="2" t="n"/>
     </row>
     <row r="8">
       <c r="D8" s="2" t="n"/>
+      <c r="F8" s="2" t="n"/>
+      <c r="I8" s="2" t="n"/>
     </row>
     <row r="9">
       <c r="D9" s="2" t="n"/>
+      <c r="F9" s="2" t="n"/>
+      <c r="I9" s="2" t="n"/>
     </row>
     <row r="10">
       <c r="D10" s="2" t="n"/>
+      <c r="F10" s="2" t="n"/>
+      <c r="I10" s="2" t="n"/>
     </row>
     <row r="11">
       <c r="D11" s="2" t="n"/>
+      <c r="F11" s="2" t="n"/>
+      <c r="I11" s="2" t="n"/>
     </row>
     <row r="12">
       <c r="D12" s="2" t="n"/>
+      <c r="F12" s="2" t="n"/>
+      <c r="I12" s="2" t="n"/>
     </row>
     <row r="13">
       <c r="D13" s="2" t="n"/>
+      <c r="F13" s="2" t="n"/>
+      <c r="I13" s="2" t="n"/>
     </row>
     <row r="14">
       <c r="D14" s="2" t="n"/>
+      <c r="F14" s="2" t="n"/>
+      <c r="I14" s="2" t="n"/>
     </row>
     <row r="15">
       <c r="D15" s="2" t="n"/>
+      <c r="F15" s="2" t="n"/>
+      <c r="I15" s="2" t="n"/>
     </row>
     <row r="16">
       <c r="D16" s="2" t="n"/>
+      <c r="F16" s="2" t="n"/>
+      <c r="I16" s="2" t="n"/>
     </row>
     <row r="17">
       <c r="D17" s="2" t="n"/>
+      <c r="F17" s="2" t="n"/>
+      <c r="I17" s="2" t="n"/>
     </row>
     <row r="18">
       <c r="D18" s="2" t="n"/>
+      <c r="F18" s="2" t="n"/>
+      <c r="I18" s="2" t="n"/>
     </row>
     <row r="19">
       <c r="D19" s="2" t="n"/>
+      <c r="F19" s="2" t="n"/>
+      <c r="I19" s="2" t="n"/>
     </row>
     <row r="20">
       <c r="D20" s="2" t="n"/>
+      <c r="F20" s="2" t="n"/>
+      <c r="I20" s="2" t="n"/>
     </row>
     <row r="21">
       <c r="D21" s="2" t="n"/>
+      <c r="F21" s="2" t="n"/>
+      <c r="I21" s="2" t="n"/>
     </row>
     <row r="22">
       <c r="D22" s="2" t="n"/>
+      <c r="F22" s="2" t="n"/>
+      <c r="I22" s="2" t="n"/>
     </row>
     <row r="23">
       <c r="D23" s="2" t="n"/>
+      <c r="F23" s="2" t="n"/>
+      <c r="I23" s="2" t="n"/>
     </row>
     <row r="24">
       <c r="D24" s="2" t="n"/>
+      <c r="F24" s="2" t="n"/>
+      <c r="I24" s="2" t="n"/>
     </row>
     <row r="25">
       <c r="D25" s="2" t="n"/>
+      <c r="F25" s="2" t="n"/>
+      <c r="I25" s="2" t="n"/>
     </row>
     <row r="26">
       <c r="D26" s="2" t="n"/>
+      <c r="F26" s="2" t="n"/>
+      <c r="I26" s="2" t="n"/>
     </row>
     <row r="27">
       <c r="D27" s="2" t="n"/>
+      <c r="F27" s="2" t="n"/>
+      <c r="I27" s="2" t="n"/>
     </row>
     <row r="28">
       <c r="D28" s="2" t="n"/>
+      <c r="F28" s="2" t="n"/>
+      <c r="I28" s="2" t="n"/>
     </row>
     <row r="29">
       <c r="D29" s="2" t="n"/>
+      <c r="F29" s="2" t="n"/>
+      <c r="I29" s="2" t="n"/>
     </row>
     <row r="30">
       <c r="D30" s="2" t="n"/>
+      <c r="F30" s="2" t="n"/>
+      <c r="I30" s="2" t="n"/>
     </row>
     <row r="31">
       <c r="D31" s="2" t="n"/>
+      <c r="F31" s="2" t="n"/>
+      <c r="I31" s="2" t="n"/>
     </row>
     <row r="32">
       <c r="D32" s="2" t="n"/>
+      <c r="F32" s="2" t="n"/>
+      <c r="I32" s="2" t="n"/>
     </row>
     <row r="33">
       <c r="D33" s="2" t="n"/>
+      <c r="F33" s="2" t="n"/>
+      <c r="I33" s="2" t="n"/>
     </row>
     <row r="34">
       <c r="D34" s="2" t="n"/>
+      <c r="F34" s="2" t="n"/>
+      <c r="I34" s="2" t="n"/>
     </row>
     <row r="35">
       <c r="D35" s="2" t="n"/>
+      <c r="F35" s="2" t="n"/>
+      <c r="I35" s="2" t="n"/>
     </row>
     <row r="36">
       <c r="D36" s="2" t="n"/>
+      <c r="F36" s="2" t="n"/>
+      <c r="I36" s="2" t="n"/>
     </row>
     <row r="37">
       <c r="D37" s="2" t="n"/>
+      <c r="F37" s="2" t="n"/>
+      <c r="I37" s="2" t="n"/>
     </row>
     <row r="38">
       <c r="D38" s="2" t="n"/>
+      <c r="F38" s="2" t="n"/>
+      <c r="I38" s="2" t="n"/>
     </row>
     <row r="39">
       <c r="D39" s="2" t="n"/>
+      <c r="F39" s="2" t="n"/>
+      <c r="I39" s="2" t="n"/>
     </row>
     <row r="40">
       <c r="D40" s="2" t="n"/>
+      <c r="F40" s="2" t="n"/>
+      <c r="I40" s="2" t="n"/>
     </row>
     <row r="41">
       <c r="D41" s="2" t="n"/>
+      <c r="F41" s="2" t="n"/>
+      <c r="I41" s="2" t="n"/>
     </row>
     <row r="42">
       <c r="D42" s="2" t="n"/>
+      <c r="F42" s="2" t="n"/>
+      <c r="I42" s="2" t="n"/>
     </row>
     <row r="43">
       <c r="D43" s="2" t="n"/>
+      <c r="F43" s="2" t="n"/>
+      <c r="I43" s="2" t="n"/>
     </row>
     <row r="44">
       <c r="D44" s="2" t="n"/>
+      <c r="F44" s="2" t="n"/>
+      <c r="I44" s="2" t="n"/>
     </row>
     <row r="45">
       <c r="D45" s="2" t="n"/>
+      <c r="F45" s="2" t="n"/>
+      <c r="I45" s="2" t="n"/>
     </row>
     <row r="46">
       <c r="D46" s="2" t="n"/>
+      <c r="F46" s="2" t="n"/>
+      <c r="I46" s="2" t="n"/>
     </row>
     <row r="47">
       <c r="D47" s="2" t="n"/>
+      <c r="F47" s="2" t="n"/>
+      <c r="I47" s="2" t="n"/>
     </row>
     <row r="48">
       <c r="D48" s="2" t="n"/>
+      <c r="F48" s="2" t="n"/>
+      <c r="I48" s="2" t="n"/>
     </row>
     <row r="49">
       <c r="D49" s="2" t="n"/>
+      <c r="F49" s="2" t="n"/>
+      <c r="I49" s="2" t="n"/>
     </row>
     <row r="50">
       <c r="D50" s="2" t="n"/>
+      <c r="F50" s="2" t="n"/>
+      <c r="I50" s="2" t="n"/>
     </row>
     <row r="51">
       <c r="D51" s="2" t="n"/>
+      <c r="F51" s="2" t="n"/>
+      <c r="I51" s="2" t="n"/>
     </row>
     <row r="52">
       <c r="D52" s="2" t="n"/>
+      <c r="F52" s="2" t="n"/>
+      <c r="I52" s="2" t="n"/>
     </row>
     <row r="53">
       <c r="D53" s="2" t="n"/>
+      <c r="F53" s="2" t="n"/>
+      <c r="I53" s="2" t="n"/>
     </row>
     <row r="54">
       <c r="D54" s="2" t="n"/>
+      <c r="F54" s="2" t="n"/>
+      <c r="I54" s="2" t="n"/>
     </row>
     <row r="55">
       <c r="D55" s="2" t="n"/>
+      <c r="F55" s="2" t="n"/>
+      <c r="I55" s="2" t="n"/>
     </row>
     <row r="56">
       <c r="D56" s="2" t="n"/>
+      <c r="F56" s="2" t="n"/>
+      <c r="I56" s="2" t="n"/>
     </row>
     <row r="57">
       <c r="D57" s="2" t="n"/>
+      <c r="F57" s="2" t="n"/>
+      <c r="I57" s="2" t="n"/>
     </row>
     <row r="58">
       <c r="D58" s="2" t="n"/>
+      <c r="F58" s="2" t="n"/>
+      <c r="I58" s="2" t="n"/>
     </row>
     <row r="59">
       <c r="D59" s="2" t="n"/>
+      <c r="F59" s="2" t="n"/>
+      <c r="I59" s="2" t="n"/>
     </row>
     <row r="60">
       <c r="D60" s="2" t="n"/>
+      <c r="F60" s="2" t="n"/>
+      <c r="I60" s="2" t="n"/>
     </row>
     <row r="61">
       <c r="D61" s="2" t="n"/>
+      <c r="F61" s="2" t="n"/>
+      <c r="I61" s="2" t="n"/>
     </row>
     <row r="62">
       <c r="D62" s="2" t="n"/>
+      <c r="F62" s="2" t="n"/>
+      <c r="I62" s="2" t="n"/>
     </row>
     <row r="63">
       <c r="D63" s="2" t="n"/>
+      <c r="F63" s="2" t="n"/>
+      <c r="I63" s="2" t="n"/>
     </row>
     <row r="64">
       <c r="D64" s="2" t="n"/>
+      <c r="F64" s="2" t="n"/>
+      <c r="I64" s="2" t="n"/>
     </row>
     <row r="65">
       <c r="D65" s="2" t="n"/>
+      <c r="F65" s="2" t="n"/>
+      <c r="I65" s="2" t="n"/>
     </row>
     <row r="66">
       <c r="D66" s="2" t="n"/>
+      <c r="F66" s="2" t="n"/>
+      <c r="I66" s="2" t="n"/>
     </row>
     <row r="67">
       <c r="D67" s="2" t="n"/>
+      <c r="F67" s="2" t="n"/>
+      <c r="I67" s="2" t="n"/>
     </row>
     <row r="68">
       <c r="D68" s="2" t="n"/>
+      <c r="F68" s="2" t="n"/>
+      <c r="I68" s="2" t="n"/>
     </row>
     <row r="69">
       <c r="D69" s="2" t="n"/>
+      <c r="F69" s="2" t="n"/>
+      <c r="I69" s="2" t="n"/>
     </row>
     <row r="70">
       <c r="D70" s="2" t="n"/>
+      <c r="F70" s="2" t="n"/>
+      <c r="I70" s="2" t="n"/>
     </row>
     <row r="71">
       <c r="D71" s="2" t="n"/>
+      <c r="F71" s="2" t="n"/>
+      <c r="I71" s="2" t="n"/>
     </row>
     <row r="72">
       <c r="D72" s="2" t="n"/>
+      <c r="F72" s="2" t="n"/>
+      <c r="I72" s="2" t="n"/>
     </row>
     <row r="73">
       <c r="D73" s="2" t="n"/>
+      <c r="F73" s="2" t="n"/>
+      <c r="I73" s="2" t="n"/>
     </row>
     <row r="74">
       <c r="D74" s="2" t="n"/>
+      <c r="F74" s="2" t="n"/>
+      <c r="I74" s="2" t="n"/>
     </row>
     <row r="75">
       <c r="D75" s="2" t="n"/>
+      <c r="F75" s="2" t="n"/>
+      <c r="I75" s="2" t="n"/>
     </row>
     <row r="76">
       <c r="D76" s="2" t="n"/>
+      <c r="F76" s="2" t="n"/>
+      <c r="I76" s="2" t="n"/>
     </row>
     <row r="77">
       <c r="D77" s="2" t="n"/>
+      <c r="F77" s="2" t="n"/>
+      <c r="I77" s="2" t="n"/>
     </row>
     <row r="78">
       <c r="D78" s="2" t="n"/>
+      <c r="F78" s="2" t="n"/>
+      <c r="I78" s="2" t="n"/>
     </row>
     <row r="79">
       <c r="D79" s="2" t="n"/>
+      <c r="F79" s="2" t="n"/>
+      <c r="I79" s="2" t="n"/>
     </row>
     <row r="80">
       <c r="D80" s="2" t="n"/>
+      <c r="F80" s="2" t="n"/>
+      <c r="I80" s="2" t="n"/>
     </row>
     <row r="81">
       <c r="D81" s="2" t="n"/>
+      <c r="F81" s="2" t="n"/>
+      <c r="I81" s="2" t="n"/>
     </row>
     <row r="82">
       <c r="D82" s="2" t="n"/>
+      <c r="F82" s="2" t="n"/>
+      <c r="I82" s="2" t="n"/>
     </row>
     <row r="83">
       <c r="D83" s="2" t="n"/>
+      <c r="F83" s="2" t="n"/>
+      <c r="I83" s="2" t="n"/>
     </row>
     <row r="84">
       <c r="D84" s="2" t="n"/>
+      <c r="F84" s="2" t="n"/>
+      <c r="I84" s="2" t="n"/>
     </row>
     <row r="85">
       <c r="D85" s="2" t="n"/>
+      <c r="F85" s="2" t="n"/>
+      <c r="I85" s="2" t="n"/>
     </row>
     <row r="86">
       <c r="D86" s="2" t="n"/>
+      <c r="F86" s="2" t="n"/>
+      <c r="I86" s="2" t="n"/>
     </row>
     <row r="87">
       <c r="D87" s="2" t="n"/>
+      <c r="F87" s="2" t="n"/>
+      <c r="I87" s="2" t="n"/>
     </row>
     <row r="88">
       <c r="D88" s="2" t="n"/>
+      <c r="F88" s="2" t="n"/>
+      <c r="I88" s="2" t="n"/>
     </row>
     <row r="89">
       <c r="D89" s="2" t="n"/>
+      <c r="F89" s="2" t="n"/>
+      <c r="I89" s="2" t="n"/>
     </row>
     <row r="90">
       <c r="D90" s="2" t="n"/>
+      <c r="F90" s="2" t="n"/>
+      <c r="I90" s="2" t="n"/>
     </row>
     <row r="91">
       <c r="D91" s="2" t="n"/>
+      <c r="F91" s="2" t="n"/>
+      <c r="I91" s="2" t="n"/>
     </row>
     <row r="92">
       <c r="D92" s="2" t="n"/>
+      <c r="F92" s="2" t="n"/>
+      <c r="I92" s="2" t="n"/>
     </row>
     <row r="93">
       <c r="D93" s="2" t="n"/>
+      <c r="F93" s="2" t="n"/>
+      <c r="I93" s="2" t="n"/>
     </row>
     <row r="94">
       <c r="D94" s="2" t="n"/>
+      <c r="F94" s="2" t="n"/>
+      <c r="I94" s="2" t="n"/>
     </row>
     <row r="95">
       <c r="D95" s="2" t="n"/>
+      <c r="F95" s="2" t="n"/>
+      <c r="I95" s="2" t="n"/>
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
+      <c r="F96" s="2" t="n"/>
+      <c r="I96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
+      <c r="F97" s="2" t="n"/>
+      <c r="I97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
+      <c r="F98" s="2" t="n"/>
+      <c r="I98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
+      <c r="F99" s="2" t="n"/>
+      <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
+      <c r="F100" s="2" t="n"/>
+      <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
-    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"31어덜트"</formula1>
+    <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"42마스터2(86~90)"</formula1>
     </dataValidation>
-    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+    <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
-    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"블루,화이트(2그라우이상),브라운,화이트(1그라우),블랙,퍼플"</formula1>
+    <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
-    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-43.5,-48.5,-53.5,-57.5,-58.5,-64,-69,-70,-74,-76,-79.3,-82.3,-88.3,-94.3,-97.5,+79.3,+97.5"</formula1>
+    <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
-    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
+    <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>