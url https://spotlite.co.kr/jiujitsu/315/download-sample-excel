--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -1,75 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="왕초보전(초등부1-2학년)" sheetId="1" state="visible" r:id="rId1"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="초등부 일반전 (1-2학년)" sheetId="2" state="visible" r:id="rId2"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="왕초보전 (유치부)" sheetId="3" state="visible" r:id="rId3"/>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="왕초보전(초등부3-4학년)" sheetId="4" state="visible" r:id="rId4"/>
-[...8 lines deleted...]
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="초등부 일반전 (5-6학년)" sheetId="13" state="visible" r:id="rId13"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="유치부 일반전" sheetId="4" state="visible" r:id="rId4"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="성인부 (마스터 30세이상)" sheetId="5" state="visible" r:id="rId5"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="왕초보전(초등부3-4학년)" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="초등부 일반전 (3-4학년)" sheetId="7" state="visible" r:id="rId7"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="왕초보전(고등부)" sheetId="8" state="visible" r:id="rId8"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="왕초보전(성인부)" sheetId="9" state="visible" r:id="rId9"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="왕초보전(중등부)" sheetId="10" state="visible" r:id="rId10"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="고등부 일반전" sheetId="11" state="visible" r:id="rId11"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="성인부 일반전" sheetId="12" state="visible" r:id="rId12"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="중등부 일반전" sheetId="13" state="visible" r:id="rId13"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="왕초보전(초등부5-6학년)" sheetId="14" state="visible" r:id="rId14"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="초등부 일반전 (5-6학년)" sheetId="15" state="visible" r:id="rId15"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="성인부 비기너 (6개월미만)" sheetId="16" state="visible" r:id="rId16"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FF0000"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
@@ -150,51 +156,51 @@
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId8"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId9"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId10"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId11"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId12"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId13"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId14"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId15"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="rId16"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId17"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -857,79 +863,79 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"왕초보전(초등부1-2학년)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트,유색"</formula1>
+      <formula1>"유색,화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-25kg,-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 성인부 일반전 체급 안내
-남자: -47.5kg, -53.5kg, -58.5kg, -64kg, -69kg, -74kg, -79.3kg, -82kg, -85kg, -88kg, -91kg, -94kg, +94kg
+          <t>[⚠ 안내] 왕초보전(중등부) 체급 안내
+남자: -47.5kg, -53.5kg, -58.5kg, -64kg, -69kg, -74kg, -79.3kg, +79.3kg
 여자: -44.3kg, -48.3kg, -52.2kg, -56.5kg, -60.5kg, -65kg, -69kg, -73kg, +73kg</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
@@ -945,51 +951,51 @@
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>성인부 일반전</t>
+          <t>왕초보전(중등부)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
@@ -1282,85 +1288,85 @@
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"성인부 일반전"</formula1>
+      <formula1>"왕초보전(중등부)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트"</formula1>
+      <formula1>"유색,화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-91kg,-94kg,+73kg,+94kg"</formula1>
+      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,+73kg,+79.3kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 중등부 일반전 체급 안내
-남자: -47.5kg, -53.5kg, -58.5kg, -64kg, -69kg, -74kg, -79.3kg, +79.3kg
+          <t>[⚠ 안내] 고등부 일반전 체급 안내
+남자: -47.5kg, -53.5kg, -58.5kg, -64kg, -69kg, -74kg, -79.3kg, -82kg, -85kg, -88kg, -94kg, 91kg, +94kg
 여자: -44.3kg, -48.3kg, -52.2kg, -56.5kg, -60.5kg, -65kg, -69kg, -73kg, +73kg</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
@@ -1376,51 +1382,51 @@
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>중등부 일반전</t>
+          <t>고등부 일반전</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
@@ -1713,86 +1719,86 @@
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"중등부 일반전"</formula1>
+      <formula1>"고등부 일반전"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"오렌지-그린,화이트,그레이-옐로우"</formula1>
+      <formula1>"블루,화이트,퍼플"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,+73kg,+79.3kg"</formula1>
+      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-94kg,91kg,+73kg,+94kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 왕초보전(초등부5-6학년) 체급 안내
-[...1 lines deleted...]
-여자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg</t>
+          <t>[⚠ 안내] 성인부 일반전 체급 안내
+남자: -47.5kg, -53.5kg, -58.5kg, -64kg, -69kg, -74kg, -79.3kg, -82kg, -85kg, -88kg, -91kg, -94kg, +94kg
+여자: -44.3kg, -48.3kg, -52.2kg, -56.5kg, -60.5kg, -65kg, -69kg, -73kg, +73kg</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
@@ -1807,51 +1813,51 @@
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>왕초보전(초등부5-6학년)</t>
+          <t>성인부 일반전</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
@@ -2144,86 +2150,86 @@
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"왕초보전(초등부5-6학년)"</formula1>
+      <formula1>"성인부 일반전"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트,유색"</formula1>
+      <formula1>"화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
+      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-91kg,-94kg,+73kg,+94kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 초등부 일반전 (5-6학년) 체급 안내
-[...1 lines deleted...]
-여자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg</t>
+          <t>[⚠ 안내] 중등부 일반전 체급 안내
+남자: -47.5kg, -53.5kg, -58.5kg, -64kg, -69kg, -74kg, -79.3kg, +79.3kg
+여자: -44.3kg, -48.3kg, -52.2kg, -56.5kg, -60.5kg, -65kg, -69kg, -73kg, +73kg</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
@@ -2238,51 +2244,51 @@
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>초등부 일반전 (5-6학년)</t>
+          <t>중등부 일반전</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
@@ -2575,60 +2581,1353 @@
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"초등부 일반전 (5-6학년)"</formula1>
+      <formula1>"중등부 일반전"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"오렌지-그린,화이트,그레이-옐로우"</formula1>
+      <formula1>"그레이-옐로우,오렌지-그린,화이트"</formula1>
+    </dataValidation>
+    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,+73kg,+79.3kg"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:J100"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1" ht="60" customHeight="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>[⚠ 안내] 왕초보전(초등부5-6학년) 체급 안내
+남자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg
+여자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>나이</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>성별</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>벨트</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>체급</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>이름</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>전화번호</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>소속</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>지도자 성함</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>지도자 연락처</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>앱솔루트</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>왕초보전(초등부5-6학년)</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr"/>
+      <c r="C3" t="inlineStr"/>
+      <c r="D3" s="2" t="inlineStr"/>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>홍길동</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>주짓수도장A</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>지도자</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>미신청</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="D4" s="2" t="n"/>
+    </row>
+    <row r="5">
+      <c r="D5" s="2" t="n"/>
+    </row>
+    <row r="6">
+      <c r="D6" s="2" t="n"/>
+    </row>
+    <row r="7">
+      <c r="D7" s="2" t="n"/>
+    </row>
+    <row r="8">
+      <c r="D8" s="2" t="n"/>
+    </row>
+    <row r="9">
+      <c r="D9" s="2" t="n"/>
+    </row>
+    <row r="10">
+      <c r="D10" s="2" t="n"/>
+    </row>
+    <row r="11">
+      <c r="D11" s="2" t="n"/>
+    </row>
+    <row r="12">
+      <c r="D12" s="2" t="n"/>
+    </row>
+    <row r="13">
+      <c r="D13" s="2" t="n"/>
+    </row>
+    <row r="14">
+      <c r="D14" s="2" t="n"/>
+    </row>
+    <row r="15">
+      <c r="D15" s="2" t="n"/>
+    </row>
+    <row r="16">
+      <c r="D16" s="2" t="n"/>
+    </row>
+    <row r="17">
+      <c r="D17" s="2" t="n"/>
+    </row>
+    <row r="18">
+      <c r="D18" s="2" t="n"/>
+    </row>
+    <row r="19">
+      <c r="D19" s="2" t="n"/>
+    </row>
+    <row r="20">
+      <c r="D20" s="2" t="n"/>
+    </row>
+    <row r="21">
+      <c r="D21" s="2" t="n"/>
+    </row>
+    <row r="22">
+      <c r="D22" s="2" t="n"/>
+    </row>
+    <row r="23">
+      <c r="D23" s="2" t="n"/>
+    </row>
+    <row r="24">
+      <c r="D24" s="2" t="n"/>
+    </row>
+    <row r="25">
+      <c r="D25" s="2" t="n"/>
+    </row>
+    <row r="26">
+      <c r="D26" s="2" t="n"/>
+    </row>
+    <row r="27">
+      <c r="D27" s="2" t="n"/>
+    </row>
+    <row r="28">
+      <c r="D28" s="2" t="n"/>
+    </row>
+    <row r="29">
+      <c r="D29" s="2" t="n"/>
+    </row>
+    <row r="30">
+      <c r="D30" s="2" t="n"/>
+    </row>
+    <row r="31">
+      <c r="D31" s="2" t="n"/>
+    </row>
+    <row r="32">
+      <c r="D32" s="2" t="n"/>
+    </row>
+    <row r="33">
+      <c r="D33" s="2" t="n"/>
+    </row>
+    <row r="34">
+      <c r="D34" s="2" t="n"/>
+    </row>
+    <row r="35">
+      <c r="D35" s="2" t="n"/>
+    </row>
+    <row r="36">
+      <c r="D36" s="2" t="n"/>
+    </row>
+    <row r="37">
+      <c r="D37" s="2" t="n"/>
+    </row>
+    <row r="38">
+      <c r="D38" s="2" t="n"/>
+    </row>
+    <row r="39">
+      <c r="D39" s="2" t="n"/>
+    </row>
+    <row r="40">
+      <c r="D40" s="2" t="n"/>
+    </row>
+    <row r="41">
+      <c r="D41" s="2" t="n"/>
+    </row>
+    <row r="42">
+      <c r="D42" s="2" t="n"/>
+    </row>
+    <row r="43">
+      <c r="D43" s="2" t="n"/>
+    </row>
+    <row r="44">
+      <c r="D44" s="2" t="n"/>
+    </row>
+    <row r="45">
+      <c r="D45" s="2" t="n"/>
+    </row>
+    <row r="46">
+      <c r="D46" s="2" t="n"/>
+    </row>
+    <row r="47">
+      <c r="D47" s="2" t="n"/>
+    </row>
+    <row r="48">
+      <c r="D48" s="2" t="n"/>
+    </row>
+    <row r="49">
+      <c r="D49" s="2" t="n"/>
+    </row>
+    <row r="50">
+      <c r="D50" s="2" t="n"/>
+    </row>
+    <row r="51">
+      <c r="D51" s="2" t="n"/>
+    </row>
+    <row r="52">
+      <c r="D52" s="2" t="n"/>
+    </row>
+    <row r="53">
+      <c r="D53" s="2" t="n"/>
+    </row>
+    <row r="54">
+      <c r="D54" s="2" t="n"/>
+    </row>
+    <row r="55">
+      <c r="D55" s="2" t="n"/>
+    </row>
+    <row r="56">
+      <c r="D56" s="2" t="n"/>
+    </row>
+    <row r="57">
+      <c r="D57" s="2" t="n"/>
+    </row>
+    <row r="58">
+      <c r="D58" s="2" t="n"/>
+    </row>
+    <row r="59">
+      <c r="D59" s="2" t="n"/>
+    </row>
+    <row r="60">
+      <c r="D60" s="2" t="n"/>
+    </row>
+    <row r="61">
+      <c r="D61" s="2" t="n"/>
+    </row>
+    <row r="62">
+      <c r="D62" s="2" t="n"/>
+    </row>
+    <row r="63">
+      <c r="D63" s="2" t="n"/>
+    </row>
+    <row r="64">
+      <c r="D64" s="2" t="n"/>
+    </row>
+    <row r="65">
+      <c r="D65" s="2" t="n"/>
+    </row>
+    <row r="66">
+      <c r="D66" s="2" t="n"/>
+    </row>
+    <row r="67">
+      <c r="D67" s="2" t="n"/>
+    </row>
+    <row r="68">
+      <c r="D68" s="2" t="n"/>
+    </row>
+    <row r="69">
+      <c r="D69" s="2" t="n"/>
+    </row>
+    <row r="70">
+      <c r="D70" s="2" t="n"/>
+    </row>
+    <row r="71">
+      <c r="D71" s="2" t="n"/>
+    </row>
+    <row r="72">
+      <c r="D72" s="2" t="n"/>
+    </row>
+    <row r="73">
+      <c r="D73" s="2" t="n"/>
+    </row>
+    <row r="74">
+      <c r="D74" s="2" t="n"/>
+    </row>
+    <row r="75">
+      <c r="D75" s="2" t="n"/>
+    </row>
+    <row r="76">
+      <c r="D76" s="2" t="n"/>
+    </row>
+    <row r="77">
+      <c r="D77" s="2" t="n"/>
+    </row>
+    <row r="78">
+      <c r="D78" s="2" t="n"/>
+    </row>
+    <row r="79">
+      <c r="D79" s="2" t="n"/>
+    </row>
+    <row r="80">
+      <c r="D80" s="2" t="n"/>
+    </row>
+    <row r="81">
+      <c r="D81" s="2" t="n"/>
+    </row>
+    <row r="82">
+      <c r="D82" s="2" t="n"/>
+    </row>
+    <row r="83">
+      <c r="D83" s="2" t="n"/>
+    </row>
+    <row r="84">
+      <c r="D84" s="2" t="n"/>
+    </row>
+    <row r="85">
+      <c r="D85" s="2" t="n"/>
+    </row>
+    <row r="86">
+      <c r="D86" s="2" t="n"/>
+    </row>
+    <row r="87">
+      <c r="D87" s="2" t="n"/>
+    </row>
+    <row r="88">
+      <c r="D88" s="2" t="n"/>
+    </row>
+    <row r="89">
+      <c r="D89" s="2" t="n"/>
+    </row>
+    <row r="90">
+      <c r="D90" s="2" t="n"/>
+    </row>
+    <row r="91">
+      <c r="D91" s="2" t="n"/>
+    </row>
+    <row r="92">
+      <c r="D92" s="2" t="n"/>
+    </row>
+    <row r="93">
+      <c r="D93" s="2" t="n"/>
+    </row>
+    <row r="94">
+      <c r="D94" s="2" t="n"/>
+    </row>
+    <row r="95">
+      <c r="D95" s="2" t="n"/>
+    </row>
+    <row r="96">
+      <c r="D96" s="2" t="n"/>
+    </row>
+    <row r="97">
+      <c r="D97" s="2" t="n"/>
+    </row>
+    <row r="98">
+      <c r="D98" s="2" t="n"/>
+    </row>
+    <row r="99">
+      <c r="D99" s="2" t="n"/>
+    </row>
+    <row r="100">
+      <c r="D100" s="2" t="n"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:J1"/>
+  </mergeCells>
+  <dataValidations count="5">
+    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+      <formula1>EXACT(J2, "미신청")</formula1>
+    </dataValidation>
+    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"왕초보전(초등부5-6학년)"</formula1>
+    </dataValidation>
+    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+      <formula1>"여자,남자"</formula1>
+    </dataValidation>
+    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"유색,화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:J100"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1" ht="60" customHeight="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>[⚠ 안내] 초등부 일반전 (5-6학년) 체급 안내
+남자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg
+여자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>나이</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>성별</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>벨트</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>체급</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>이름</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>전화번호</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>소속</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>지도자 성함</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>지도자 연락처</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>앱솔루트</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>초등부 일반전 (5-6학년)</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr"/>
+      <c r="C3" t="inlineStr"/>
+      <c r="D3" s="2" t="inlineStr"/>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>홍길동</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>주짓수도장A</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>지도자</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>미신청</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="D4" s="2" t="n"/>
+    </row>
+    <row r="5">
+      <c r="D5" s="2" t="n"/>
+    </row>
+    <row r="6">
+      <c r="D6" s="2" t="n"/>
+    </row>
+    <row r="7">
+      <c r="D7" s="2" t="n"/>
+    </row>
+    <row r="8">
+      <c r="D8" s="2" t="n"/>
+    </row>
+    <row r="9">
+      <c r="D9" s="2" t="n"/>
+    </row>
+    <row r="10">
+      <c r="D10" s="2" t="n"/>
+    </row>
+    <row r="11">
+      <c r="D11" s="2" t="n"/>
+    </row>
+    <row r="12">
+      <c r="D12" s="2" t="n"/>
+    </row>
+    <row r="13">
+      <c r="D13" s="2" t="n"/>
+    </row>
+    <row r="14">
+      <c r="D14" s="2" t="n"/>
+    </row>
+    <row r="15">
+      <c r="D15" s="2" t="n"/>
+    </row>
+    <row r="16">
+      <c r="D16" s="2" t="n"/>
+    </row>
+    <row r="17">
+      <c r="D17" s="2" t="n"/>
+    </row>
+    <row r="18">
+      <c r="D18" s="2" t="n"/>
+    </row>
+    <row r="19">
+      <c r="D19" s="2" t="n"/>
+    </row>
+    <row r="20">
+      <c r="D20" s="2" t="n"/>
+    </row>
+    <row r="21">
+      <c r="D21" s="2" t="n"/>
+    </row>
+    <row r="22">
+      <c r="D22" s="2" t="n"/>
+    </row>
+    <row r="23">
+      <c r="D23" s="2" t="n"/>
+    </row>
+    <row r="24">
+      <c r="D24" s="2" t="n"/>
+    </row>
+    <row r="25">
+      <c r="D25" s="2" t="n"/>
+    </row>
+    <row r="26">
+      <c r="D26" s="2" t="n"/>
+    </row>
+    <row r="27">
+      <c r="D27" s="2" t="n"/>
+    </row>
+    <row r="28">
+      <c r="D28" s="2" t="n"/>
+    </row>
+    <row r="29">
+      <c r="D29" s="2" t="n"/>
+    </row>
+    <row r="30">
+      <c r="D30" s="2" t="n"/>
+    </row>
+    <row r="31">
+      <c r="D31" s="2" t="n"/>
+    </row>
+    <row r="32">
+      <c r="D32" s="2" t="n"/>
+    </row>
+    <row r="33">
+      <c r="D33" s="2" t="n"/>
+    </row>
+    <row r="34">
+      <c r="D34" s="2" t="n"/>
+    </row>
+    <row r="35">
+      <c r="D35" s="2" t="n"/>
+    </row>
+    <row r="36">
+      <c r="D36" s="2" t="n"/>
+    </row>
+    <row r="37">
+      <c r="D37" s="2" t="n"/>
+    </row>
+    <row r="38">
+      <c r="D38" s="2" t="n"/>
+    </row>
+    <row r="39">
+      <c r="D39" s="2" t="n"/>
+    </row>
+    <row r="40">
+      <c r="D40" s="2" t="n"/>
+    </row>
+    <row r="41">
+      <c r="D41" s="2" t="n"/>
+    </row>
+    <row r="42">
+      <c r="D42" s="2" t="n"/>
+    </row>
+    <row r="43">
+      <c r="D43" s="2" t="n"/>
+    </row>
+    <row r="44">
+      <c r="D44" s="2" t="n"/>
+    </row>
+    <row r="45">
+      <c r="D45" s="2" t="n"/>
+    </row>
+    <row r="46">
+      <c r="D46" s="2" t="n"/>
+    </row>
+    <row r="47">
+      <c r="D47" s="2" t="n"/>
+    </row>
+    <row r="48">
+      <c r="D48" s="2" t="n"/>
+    </row>
+    <row r="49">
+      <c r="D49" s="2" t="n"/>
+    </row>
+    <row r="50">
+      <c r="D50" s="2" t="n"/>
+    </row>
+    <row r="51">
+      <c r="D51" s="2" t="n"/>
+    </row>
+    <row r="52">
+      <c r="D52" s="2" t="n"/>
+    </row>
+    <row r="53">
+      <c r="D53" s="2" t="n"/>
+    </row>
+    <row r="54">
+      <c r="D54" s="2" t="n"/>
+    </row>
+    <row r="55">
+      <c r="D55" s="2" t="n"/>
+    </row>
+    <row r="56">
+      <c r="D56" s="2" t="n"/>
+    </row>
+    <row r="57">
+      <c r="D57" s="2" t="n"/>
+    </row>
+    <row r="58">
+      <c r="D58" s="2" t="n"/>
+    </row>
+    <row r="59">
+      <c r="D59" s="2" t="n"/>
+    </row>
+    <row r="60">
+      <c r="D60" s="2" t="n"/>
+    </row>
+    <row r="61">
+      <c r="D61" s="2" t="n"/>
+    </row>
+    <row r="62">
+      <c r="D62" s="2" t="n"/>
+    </row>
+    <row r="63">
+      <c r="D63" s="2" t="n"/>
+    </row>
+    <row r="64">
+      <c r="D64" s="2" t="n"/>
+    </row>
+    <row r="65">
+      <c r="D65" s="2" t="n"/>
+    </row>
+    <row r="66">
+      <c r="D66" s="2" t="n"/>
+    </row>
+    <row r="67">
+      <c r="D67" s="2" t="n"/>
+    </row>
+    <row r="68">
+      <c r="D68" s="2" t="n"/>
+    </row>
+    <row r="69">
+      <c r="D69" s="2" t="n"/>
+    </row>
+    <row r="70">
+      <c r="D70" s="2" t="n"/>
+    </row>
+    <row r="71">
+      <c r="D71" s="2" t="n"/>
+    </row>
+    <row r="72">
+      <c r="D72" s="2" t="n"/>
+    </row>
+    <row r="73">
+      <c r="D73" s="2" t="n"/>
+    </row>
+    <row r="74">
+      <c r="D74" s="2" t="n"/>
+    </row>
+    <row r="75">
+      <c r="D75" s="2" t="n"/>
+    </row>
+    <row r="76">
+      <c r="D76" s="2" t="n"/>
+    </row>
+    <row r="77">
+      <c r="D77" s="2" t="n"/>
+    </row>
+    <row r="78">
+      <c r="D78" s="2" t="n"/>
+    </row>
+    <row r="79">
+      <c r="D79" s="2" t="n"/>
+    </row>
+    <row r="80">
+      <c r="D80" s="2" t="n"/>
+    </row>
+    <row r="81">
+      <c r="D81" s="2" t="n"/>
+    </row>
+    <row r="82">
+      <c r="D82" s="2" t="n"/>
+    </row>
+    <row r="83">
+      <c r="D83" s="2" t="n"/>
+    </row>
+    <row r="84">
+      <c r="D84" s="2" t="n"/>
+    </row>
+    <row r="85">
+      <c r="D85" s="2" t="n"/>
+    </row>
+    <row r="86">
+      <c r="D86" s="2" t="n"/>
+    </row>
+    <row r="87">
+      <c r="D87" s="2" t="n"/>
+    </row>
+    <row r="88">
+      <c r="D88" s="2" t="n"/>
+    </row>
+    <row r="89">
+      <c r="D89" s="2" t="n"/>
+    </row>
+    <row r="90">
+      <c r="D90" s="2" t="n"/>
+    </row>
+    <row r="91">
+      <c r="D91" s="2" t="n"/>
+    </row>
+    <row r="92">
+      <c r="D92" s="2" t="n"/>
+    </row>
+    <row r="93">
+      <c r="D93" s="2" t="n"/>
+    </row>
+    <row r="94">
+      <c r="D94" s="2" t="n"/>
+    </row>
+    <row r="95">
+      <c r="D95" s="2" t="n"/>
+    </row>
+    <row r="96">
+      <c r="D96" s="2" t="n"/>
+    </row>
+    <row r="97">
+      <c r="D97" s="2" t="n"/>
+    </row>
+    <row r="98">
+      <c r="D98" s="2" t="n"/>
+    </row>
+    <row r="99">
+      <c r="D99" s="2" t="n"/>
+    </row>
+    <row r="100">
+      <c r="D100" s="2" t="n"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:J1"/>
+  </mergeCells>
+  <dataValidations count="5">
+    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+      <formula1>EXACT(J2, "미신청")</formula1>
+    </dataValidation>
+    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"초등부 일반전 (5-6학년)"</formula1>
+    </dataValidation>
+    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+      <formula1>"여자,남자"</formula1>
+    </dataValidation>
+    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"그레이-옐로우,오렌지-그린,화이트"</formula1>
+    </dataValidation>
+    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:J100"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1" ht="60" customHeight="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>[⚠ 안내] 성인부 비기너 (6개월미만) 체급 안내
+남자: -47.5kg, -53.5kg, -58.5kg, -64kg, -69kg, -74kg, -79.3kg, -82kg, -85kg, -88kg, -91kg, -94kg, +94kg
+여자: -44.3kg, -48.3kg, -52.2kg, -56.5kg, -60.5kg, -65kg, -69kg, -73kg, +73kg</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>나이</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>성별</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>벨트</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>체급</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>이름</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>전화번호</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>소속</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>지도자 성함</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>지도자 연락처</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>앱솔루트</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>성인부 비기너 (6개월미만)</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr"/>
+      <c r="C3" t="inlineStr"/>
+      <c r="D3" s="2" t="inlineStr"/>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>홍길동</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>주짓수도장A</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>지도자</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>01012341234</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>미신청</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="D4" s="2" t="n"/>
+    </row>
+    <row r="5">
+      <c r="D5" s="2" t="n"/>
+    </row>
+    <row r="6">
+      <c r="D6" s="2" t="n"/>
+    </row>
+    <row r="7">
+      <c r="D7" s="2" t="n"/>
+    </row>
+    <row r="8">
+      <c r="D8" s="2" t="n"/>
+    </row>
+    <row r="9">
+      <c r="D9" s="2" t="n"/>
+    </row>
+    <row r="10">
+      <c r="D10" s="2" t="n"/>
+    </row>
+    <row r="11">
+      <c r="D11" s="2" t="n"/>
+    </row>
+    <row r="12">
+      <c r="D12" s="2" t="n"/>
+    </row>
+    <row r="13">
+      <c r="D13" s="2" t="n"/>
+    </row>
+    <row r="14">
+      <c r="D14" s="2" t="n"/>
+    </row>
+    <row r="15">
+      <c r="D15" s="2" t="n"/>
+    </row>
+    <row r="16">
+      <c r="D16" s="2" t="n"/>
+    </row>
+    <row r="17">
+      <c r="D17" s="2" t="n"/>
+    </row>
+    <row r="18">
+      <c r="D18" s="2" t="n"/>
+    </row>
+    <row r="19">
+      <c r="D19" s="2" t="n"/>
+    </row>
+    <row r="20">
+      <c r="D20" s="2" t="n"/>
+    </row>
+    <row r="21">
+      <c r="D21" s="2" t="n"/>
+    </row>
+    <row r="22">
+      <c r="D22" s="2" t="n"/>
+    </row>
+    <row r="23">
+      <c r="D23" s="2" t="n"/>
+    </row>
+    <row r="24">
+      <c r="D24" s="2" t="n"/>
+    </row>
+    <row r="25">
+      <c r="D25" s="2" t="n"/>
+    </row>
+    <row r="26">
+      <c r="D26" s="2" t="n"/>
+    </row>
+    <row r="27">
+      <c r="D27" s="2" t="n"/>
+    </row>
+    <row r="28">
+      <c r="D28" s="2" t="n"/>
+    </row>
+    <row r="29">
+      <c r="D29" s="2" t="n"/>
+    </row>
+    <row r="30">
+      <c r="D30" s="2" t="n"/>
+    </row>
+    <row r="31">
+      <c r="D31" s="2" t="n"/>
+    </row>
+    <row r="32">
+      <c r="D32" s="2" t="n"/>
+    </row>
+    <row r="33">
+      <c r="D33" s="2" t="n"/>
+    </row>
+    <row r="34">
+      <c r="D34" s="2" t="n"/>
+    </row>
+    <row r="35">
+      <c r="D35" s="2" t="n"/>
+    </row>
+    <row r="36">
+      <c r="D36" s="2" t="n"/>
+    </row>
+    <row r="37">
+      <c r="D37" s="2" t="n"/>
+    </row>
+    <row r="38">
+      <c r="D38" s="2" t="n"/>
+    </row>
+    <row r="39">
+      <c r="D39" s="2" t="n"/>
+    </row>
+    <row r="40">
+      <c r="D40" s="2" t="n"/>
+    </row>
+    <row r="41">
+      <c r="D41" s="2" t="n"/>
+    </row>
+    <row r="42">
+      <c r="D42" s="2" t="n"/>
+    </row>
+    <row r="43">
+      <c r="D43" s="2" t="n"/>
+    </row>
+    <row r="44">
+      <c r="D44" s="2" t="n"/>
+    </row>
+    <row r="45">
+      <c r="D45" s="2" t="n"/>
+    </row>
+    <row r="46">
+      <c r="D46" s="2" t="n"/>
+    </row>
+    <row r="47">
+      <c r="D47" s="2" t="n"/>
+    </row>
+    <row r="48">
+      <c r="D48" s="2" t="n"/>
+    </row>
+    <row r="49">
+      <c r="D49" s="2" t="n"/>
+    </row>
+    <row r="50">
+      <c r="D50" s="2" t="n"/>
+    </row>
+    <row r="51">
+      <c r="D51" s="2" t="n"/>
+    </row>
+    <row r="52">
+      <c r="D52" s="2" t="n"/>
+    </row>
+    <row r="53">
+      <c r="D53" s="2" t="n"/>
+    </row>
+    <row r="54">
+      <c r="D54" s="2" t="n"/>
+    </row>
+    <row r="55">
+      <c r="D55" s="2" t="n"/>
+    </row>
+    <row r="56">
+      <c r="D56" s="2" t="n"/>
+    </row>
+    <row r="57">
+      <c r="D57" s="2" t="n"/>
+    </row>
+    <row r="58">
+      <c r="D58" s="2" t="n"/>
+    </row>
+    <row r="59">
+      <c r="D59" s="2" t="n"/>
+    </row>
+    <row r="60">
+      <c r="D60" s="2" t="n"/>
+    </row>
+    <row r="61">
+      <c r="D61" s="2" t="n"/>
+    </row>
+    <row r="62">
+      <c r="D62" s="2" t="n"/>
+    </row>
+    <row r="63">
+      <c r="D63" s="2" t="n"/>
+    </row>
+    <row r="64">
+      <c r="D64" s="2" t="n"/>
+    </row>
+    <row r="65">
+      <c r="D65" s="2" t="n"/>
+    </row>
+    <row r="66">
+      <c r="D66" s="2" t="n"/>
+    </row>
+    <row r="67">
+      <c r="D67" s="2" t="n"/>
+    </row>
+    <row r="68">
+      <c r="D68" s="2" t="n"/>
+    </row>
+    <row r="69">
+      <c r="D69" s="2" t="n"/>
+    </row>
+    <row r="70">
+      <c r="D70" s="2" t="n"/>
+    </row>
+    <row r="71">
+      <c r="D71" s="2" t="n"/>
+    </row>
+    <row r="72">
+      <c r="D72" s="2" t="n"/>
+    </row>
+    <row r="73">
+      <c r="D73" s="2" t="n"/>
+    </row>
+    <row r="74">
+      <c r="D74" s="2" t="n"/>
+    </row>
+    <row r="75">
+      <c r="D75" s="2" t="n"/>
+    </row>
+    <row r="76">
+      <c r="D76" s="2" t="n"/>
+    </row>
+    <row r="77">
+      <c r="D77" s="2" t="n"/>
+    </row>
+    <row r="78">
+      <c r="D78" s="2" t="n"/>
+    </row>
+    <row r="79">
+      <c r="D79" s="2" t="n"/>
+    </row>
+    <row r="80">
+      <c r="D80" s="2" t="n"/>
+    </row>
+    <row r="81">
+      <c r="D81" s="2" t="n"/>
+    </row>
+    <row r="82">
+      <c r="D82" s="2" t="n"/>
+    </row>
+    <row r="83">
+      <c r="D83" s="2" t="n"/>
+    </row>
+    <row r="84">
+      <c r="D84" s="2" t="n"/>
+    </row>
+    <row r="85">
+      <c r="D85" s="2" t="n"/>
+    </row>
+    <row r="86">
+      <c r="D86" s="2" t="n"/>
+    </row>
+    <row r="87">
+      <c r="D87" s="2" t="n"/>
+    </row>
+    <row r="88">
+      <c r="D88" s="2" t="n"/>
+    </row>
+    <row r="89">
+      <c r="D89" s="2" t="n"/>
+    </row>
+    <row r="90">
+      <c r="D90" s="2" t="n"/>
+    </row>
+    <row r="91">
+      <c r="D91" s="2" t="n"/>
+    </row>
+    <row r="92">
+      <c r="D92" s="2" t="n"/>
+    </row>
+    <row r="93">
+      <c r="D93" s="2" t="n"/>
+    </row>
+    <row r="94">
+      <c r="D94" s="2" t="n"/>
+    </row>
+    <row r="95">
+      <c r="D95" s="2" t="n"/>
+    </row>
+    <row r="96">
+      <c r="D96" s="2" t="n"/>
+    </row>
+    <row r="97">
+      <c r="D97" s="2" t="n"/>
+    </row>
+    <row r="98">
+      <c r="D98" s="2" t="n"/>
+    </row>
+    <row r="99">
+      <c r="D99" s="2" t="n"/>
+    </row>
+    <row r="100">
+      <c r="D100" s="2" t="n"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:J1"/>
+  </mergeCells>
+  <dataValidations count="5">
+    <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
+      <formula1>EXACT(J2, "미신청")</formula1>
+    </dataValidation>
+    <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
+      <formula1>"성인부 비기너 (6개월미만)"</formula1>
+    </dataValidation>
+    <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
+      <formula1>"여자,남자"</formula1>
+    </dataValidation>
+    <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
+      <formula1>"화이트"</formula1>
+    </dataValidation>
+    <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
+      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-91kg,-94kg,+73kg,+94kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>[⚠ 안내] 초등부 일반전 (1-2학년) 체급 안내
 남자: -25kg, -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg
@@ -3012,51 +4311,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"초등부 일반전 (1-2학년)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"오렌지-그린,화이트,그레이-옐로우"</formula1>
+      <formula1>"그레이-옐로우,오렌지-그린,화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-25kg,-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -3443,80 +4742,80 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"왕초보전 (유치부)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트"</formula1>
+      <formula1>"유색,화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-15kg,-20kg,-25kg,-30kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 왕초보전(초등부3-4학년) 체급 안내
-[...1 lines deleted...]
-여자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg</t>
+          <t>[⚠ 안내] 유치부 일반전 체급 안내
+남자: -15kg, -20kg, -25kg, -30kg, -35kg
+여자: -15kg, -20kg, -25kg, -30kg, -35kg</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
@@ -3531,51 +4830,51 @@
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>왕초보전(초등부3-4학년)</t>
+          <t>유치부 일반전</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
@@ -3868,86 +5167,86 @@
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"왕초보전(초등부3-4학년)"</formula1>
+      <formula1>"유치부 일반전"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트,유색"</formula1>
+      <formula1>"유색,화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
+      <formula1>"-15kg,-20kg,-25kg,-30kg,-35kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 초등부 일반전 (3-4학년) 체급 안내
-[...1 lines deleted...]
-여자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg</t>
+          <t>[⚠ 안내] 성인부 (마스터 30세이상) 체급 안내
+남자: -58.5kg, -64kg, -69kg, -74kg, -79.3kg, -82kg, -85kg, -88kg, -91kg, -94kg, +94kg
+여자: -48.3kg, -52.2kg, -56.5kg, -60.5kg, -65kg, -69kg, -73kg, +73kg</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
@@ -3962,51 +5261,51 @@
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>초등부 일반전 (3-4학년)</t>
+          <t>성인부 (마스터 30세이상)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
@@ -4299,86 +5598,86 @@
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"초등부 일반전 (3-4학년)"</formula1>
+      <formula1>"성인부 (마스터 30세이상)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"오렌지-그린,화이트,그레이-옐로우"</formula1>
+      <formula1>"화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
+      <formula1>"-48.3kg,-52.2kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-91kg,-94kg,+73kg,+94kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 왕초보전(고등부) 체급 안내
-[...1 lines deleted...]
-여자: -44.3kg, -48.3kg, -52.2kg, -56.5kg, -60.5kg, -65kg, -69kg, -73kg, +73kg</t>
+          <t>[⚠ 안내] 왕초보전(초등부3-4학년) 체급 안내
+남자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg
+여자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
@@ -4393,51 +5692,51 @@
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>왕초보전(고등부)</t>
+          <t>왕초보전(초등부3-4학년)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
@@ -4730,86 +6029,86 @@
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"왕초보전(고등부)"</formula1>
+      <formula1>"왕초보전(초등부3-4학년)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트,유색"</formula1>
+      <formula1>"유색,화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-91kg,-94kg,+73kg,+94kg"</formula1>
+      <formula1>"-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 왕초보전(성인부) 체급 안내
-[...1 lines deleted...]
-여자: -44.3kg, -48.3kg, -52.2kg, -56.5kg, -60.5kg, -65kg, -69kg, -73kg, +73kg</t>
+          <t>[⚠ 안내] 초등부 일반전 (3-4학년) 체급 안내
+남자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg
+여자: -30kg, -35kg, -40kg, -45kg, -50kg, -55kg, -60kg, -65kg, +65kg</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
@@ -4824,51 +6123,51 @@
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>왕초보전(성인부)</t>
+          <t>초등부 일반전 (3-4학년)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
@@ -5161,85 +6460,85 @@
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"왕초보전(성인부)"</formula1>
+      <formula1>"초등부 일반전 (3-4학년)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트"</formula1>
+      <formula1>"그레이-옐로우,오렌지-그린,화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-91kg,-94kg,+73kg,+94kg"</formula1>
+      <formula1>"-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 왕초보전(중등부) 체급 안내
-남자: -47.5kg, -53.5kg, -58.5kg, -64kg, -69kg, -74kg, -79.3kg, +79.3kg
+          <t>[⚠ 안내] 왕초보전(고등부) 체급 안내
+남자: -47.5kg, -53.5kg, -58.5kg, -64kg, -69kg, -74kg, -79.3kg, -82kg, -85kg, -88kg, -91kg, -94kg, +94kg
 여자: -44.3kg, -48.3kg, -52.2kg, -56.5kg, -60.5kg, -65kg, -69kg, -73kg, +73kg</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
@@ -5255,51 +6554,51 @@
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>왕초보전(중등부)</t>
+          <t>왕초보전(고등부)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
@@ -5592,85 +6891,85 @@
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"왕초보전(중등부)"</formula1>
+      <formula1>"왕초보전(고등부)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"화이트,유색"</formula1>
+      <formula1>"유색,화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,+73kg,+79.3kg"</formula1>
+      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-91kg,-94kg,+73kg,+94kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>[⚠ 안내] 고등부 일반전 체급 안내
-남자: -47.5kg, -53.5kg, -58.5kg, -64kg, -69kg, -74kg, -79.3kg, -82kg, -85kg, -88kg, -94kg, 91kg, +94kg
+          <t>[⚠ 안내] 왕초보전(성인부) 체급 안내
+남자: -47.5kg, -53.5kg, -58.5kg, -64kg, -69kg, -74kg, -79.3kg, -82kg, -85kg, -88kg, -91kg, -94kg, +94kg
 여자: -44.3kg, -48.3kg, -52.2kg, -56.5kg, -60.5kg, -65kg, -69kg, -73kg, +73kg</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>나이</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>성별</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>벨트</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>체급</t>
         </is>
       </c>
@@ -5686,51 +6985,51 @@
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>소속</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>지도자 성함</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>지도자 연락처</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>앱솔루트</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>고등부 일반전</t>
+          <t>왕초보전(성인부)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>홍길동</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>01012341234</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>주짓수도장A</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>지도자</t>
         </is>
       </c>
@@ -6023,55 +7322,55 @@
     </row>
     <row r="96">
       <c r="D96" s="2" t="n"/>
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
-      <formula1>"고등부 일반전"</formula1>
+      <formula1>"왕초보전(성인부)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"퍼플,화이트,블루"</formula1>
+      <formula1>"화이트"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
-      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-94kg,91kg,+73kg,+94kg"</formula1>
+      <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-91kg,-94kg,+73kg,+94kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>