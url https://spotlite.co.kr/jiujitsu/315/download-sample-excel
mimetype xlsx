--- v1 (2026-01-17)
+++ v2 (2026-01-17)
@@ -860,54 +860,54 @@
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"왕초보전(초등부1-2학년)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
-      <formula1>"여자,남자"</formula1>
+      <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"유색,화이트"</formula1>
+      <formula1>"화이트,유색"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-25kg,-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -1294,51 +1294,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"왕초보전(중등부)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"유색,화이트"</formula1>
+      <formula1>"화이트,유색"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,+73kg,+79.3kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -1725,51 +1725,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"고등부 일반전"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"블루,화이트,퍼플"</formula1>
+      <formula1>"화이트,퍼플,블루"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-94kg,91kg,+73kg,+94kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -2587,51 +2587,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"중등부 일반전"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"그레이-옐로우,오렌지-그린,화이트"</formula1>
+      <formula1>"화이트,그레이-옐로우,오렌지-그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,+73kg,+79.3kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -3015,54 +3015,54 @@
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"왕초보전(초등부5-6학년)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
-      <formula1>"여자,남자"</formula1>
+      <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"유색,화이트"</formula1>
+      <formula1>"화이트,유색"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -3446,54 +3446,54 @@
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"초등부 일반전 (5-6학년)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
-      <formula1>"여자,남자"</formula1>
+      <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"그레이-옐로우,오렌지-그린,화이트"</formula1>
+      <formula1>"화이트,그레이-옐로우,오렌지-그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -4308,54 +4308,54 @@
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"초등부 일반전 (1-2학년)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
-      <formula1>"여자,남자"</formula1>
+      <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"그레이-옐로우,오렌지-그린,화이트"</formula1>
+      <formula1>"화이트,그레이-옐로우,오렌지-그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-25kg,-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -4739,54 +4739,54 @@
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"왕초보전 (유치부)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
-      <formula1>"여자,남자"</formula1>
+      <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"유색,화이트"</formula1>
+      <formula1>"화이트,유색"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-15kg,-20kg,-25kg,-30kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -5170,54 +5170,54 @@
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"유치부 일반전"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
-      <formula1>"여자,남자"</formula1>
+      <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"유색,화이트"</formula1>
+      <formula1>"화이트,유색"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-15kg,-20kg,-25kg,-30kg,-35kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -6032,54 +6032,54 @@
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"왕초보전(초등부3-4학년)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
-      <formula1>"여자,남자"</formula1>
+      <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"유색,화이트"</formula1>
+      <formula1>"화이트,유색"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -6463,54 +6463,54 @@
     </row>
     <row r="97">
       <c r="D97" s="2" t="n"/>
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"초등부 일반전 (3-4학년)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
-      <formula1>"여자,남자"</formula1>
+      <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"그레이-옐로우,오렌지-그린,화이트"</formula1>
+      <formula1>"화이트,그레이-옐로우,오렌지-그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-30kg,-35kg,-40kg,-45kg,-50kg,-55kg,-60kg,-65kg,+65kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -6897,51 +6897,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"왕초보전(고등부)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"유색,화이트"</formula1>
+      <formula1>"화이트,유색"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-44.3kg,-47.5kg,-48.3kg,-52.2kg,-53.5kg,-56.5kg,-58.5kg,-60.5kg,-64kg,-65kg,-69kg,-73kg,-74kg,-79.3kg,-82kg,-85kg,-88kg,-91kg,-94kg,+73kg,+94kg"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">