--- v0 (2025-10-01)
+++ v1 (2025-12-07)
@@ -877,51 +877,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"00 유치부"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,왕초보(3개월미만),그레이~그린"</formula1>
+      <formula1>"왕초보(3개월미만),화이트~그레이화이트,비기너(6개월미만),그레이~그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-21,-25,-29,-33,-37,-41,-45,-49,-53,-57,-61,+61"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -1314,51 +1314,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"04 중등부 NOGI"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,그레이~그린"</formula1>
+      <formula1>"화이트~그레이화이트,비기너(6개월미만),그레이~그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-34,-36,-38,-41.5,-42.3,-46,-46.3,-50.5,-51.5,-54.5,-56.5,-58.5,-62,-63,-67,-72,-77.3,-82.3,-87.3,+67,+87.3"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -1751,51 +1751,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"05 고등부"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,그레이~그린(블루)"</formula1>
+      <formula1>"화이트~그레이화이트,비기너(6개월미만),그레이~그린(블루)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-100.5,-48.5,-53.5,-57.5,-58.5,-64,-69,-70,-74,-76,-79.3,-82.3,-88.3,-94.3,+100.5,+79.3,앱솔+64,앱솔+76,앱솔-64,앱솔-76"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -2188,51 +2188,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"05 고등부 NOGI"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,그레이~그린(블루)"</formula1>
+      <formula1>"화이트~그레이화이트,비기너(6개월미만),그레이~그린(블루)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-46.5,-51.5,-55.5,-56.5,-62,-67,-68,-72,-74,-77.3,-80.3,-86.3,-92.3,-98.5,+77.3,+98.5"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -2625,51 +2625,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"06 일반부"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"브라운,비기너(6개월미만),퍼플,블랙,화이트,블루"</formula1>
+      <formula1>"브라운,블루,퍼플,비기너(6개월미만),화이트,블랙"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-100.5,-48.5,-53.5,-57.5,-58.5,-64,-69,-70,-74,-76,-79.3,-82.3,-88.3,-94.3,+100.5,+79.3,앱솔+64,앱솔+76,앱솔-64,앱솔-76"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -3062,51 +3062,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"06 일반부 NOGI"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"브라운,비기너(6개월미만),퍼플,블랙,화이트,블루"</formula1>
+      <formula1>"브라운,블루,퍼플,비기너(6개월미만),화이트,블랙"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-46.5,-51.5,-55.5,-56.5,-62,-67,-68,-72,-74,-77.3,-80.3,-86.3,-92.3,-98.5,+77.3,+98.5"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -3499,51 +3499,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"07 마스터1 (1996년생)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"브라운,비기너(6개월미만),퍼플,블랙,화이트,블루"</formula1>
+      <formula1>"브라운,블루,퍼플,비기너(6개월미만),화이트,블랙"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-100.5,-48.5,-53.5,-57.5,-58.5,-64,-69,-70,-74,-76,-79.3,-82.3,-88.3,-94.3,+100.5,+79.3,앱솔+64,앱솔+76,앱솔-64,앱솔-76"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -3936,51 +3936,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"07 마스터1 NOGI (1996년생)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"브라운,비기너(6개월미만),퍼플,블랙,화이트,블루"</formula1>
+      <formula1>"브라운,블루,퍼플,비기너(6개월미만),화이트,블랙"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-46.5,-51.5,-55.5,-56.5,-62,-67,-68,-72,-74,-77.3,-80.3,-86.3,-92.3,-98.5,+77.3,+98.5"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -4373,51 +4373,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"08 마스터2 (1991년생)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"브라운,비기너(6개월미만),퍼플,블랙,화이트,블루"</formula1>
+      <formula1>"브라운,블루,퍼플,비기너(6개월미만),화이트,블랙"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-100.5,-48.5,-53.5,-57.5,-58.5,-64,-69,-70,-74,-76,-79.3,-82.3,-88.3,-94.3,+100.5,+79.3,앱솔+64,앱솔+76,앱솔-64,앱솔-76"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -4810,51 +4810,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"08 마스터2 NOGI (1991년생)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"브라운,비기너(6개월미만),퍼플,블랙,화이트,블루"</formula1>
+      <formula1>"브라운,블루,퍼플,비기너(6개월미만),화이트,블랙"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-46.5,-51.5,-55.5,-56.5,-62,-67,-68,-72,-74,-77.3,-80.3,-86.3,-92.3,-98.5,+77.3,+98.5"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -5247,51 +5247,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"09 마스터3 (1986년생)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"브라운,비기너(6개월미만),퍼플,블랙,화이트,블루"</formula1>
+      <formula1>"브라운,블루,퍼플,비기너(6개월미만),화이트,블랙"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-100.5,-48.5,-53.5,-57.5,-58.5,-64,-69,-70,-74,-76,-79.3,-82.3,-88.3,-94.3,+100.5,+79.3,앱솔+64,앱솔+76,앱솔-64,앱솔-76"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -5684,51 +5684,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"00 유치부 NOGI"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,왕초보(3개월미만),그레이~그린"</formula1>
+      <formula1>"왕초보(3개월미만),화이트~그레이화이트,비기너(6개월미만),그레이~그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-19.5,-23.5,-27.5,-31.5,-35.5,-39.5,-43.5,-47.5,-51.5,-55.5,-59.5,+59.5"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -6121,51 +6121,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"09 마스터3 NOGI (1986년생)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"브라운,비기너(6개월미만),퍼플,블랙,화이트,블루"</formula1>
+      <formula1>"브라운,블루,퍼플,비기너(6개월미만),화이트,블랙"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-46.5,-51.5,-55.5,-56.5,-62,-67,-68,-72,-74,-77.3,-80.3,-86.3,-92.3,-98.5,+77.3,+98.5"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -6558,51 +6558,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"01 초등부12"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,왕초보(3개월미만),그레이~그린"</formula1>
+      <formula1>"왕초보(3개월미만),화이트~그레이화이트,비기너(6개월미만),그레이~그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-21,-25,-29,-33,-37,-41,-45,-49,-53,-57,-61,+61"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -6995,51 +6995,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"01 초등부12 NOGI"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,왕초보(3개월미만),그레이~그린"</formula1>
+      <formula1>"왕초보(3개월미만),화이트~그레이화이트,비기너(6개월미만),그레이~그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-19.5,-23.5,-27.5,-31.5,-35.5,-39.5,-43.5,-47.5,-51.5,-55.5,-59.5,+59.5"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
@@ -7435,51 +7435,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"02 초등부34"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,왕초보(3개월미만),그레이~그린"</formula1>
+      <formula1>"왕초보(3개월미만),화이트~그레이화이트,비기너(6개월미만),그레이~그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-21,-25,-29,-33,-37,-41,-45,-49,-53,-57,-61,+61"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -7872,51 +7872,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"02 초등부34 NOGI"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,왕초보(3개월미만),그레이~그린"</formula1>
+      <formula1>"왕초보(3개월미만),화이트~그레이화이트,비기너(6개월미만),그레이~그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-19.5,-23.5,-27.5,-31.5,-35.5,-39.5,-43.5,-47.5,-51.5,-55.5,-59.5,+59.5"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -8309,51 +8309,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"03 초등부56"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,왕초보(3개월미만),그레이~그린"</formula1>
+      <formula1>"왕초보(3개월미만),화이트~그레이화이트,비기너(6개월미만),그레이~그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-21,-25,-29,-33,-37,-41,-45,-49,-53,-57,-61,+61"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -8746,51 +8746,51 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"03 초등부56 NOGI"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"여자,남자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,왕초보(3개월미만),그레이~그린"</formula1>
+      <formula1>"왕초보(3개월미만),화이트~그레이화이트,비기너(6개월미만),그레이~그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-19.5,-23.5,-27.5,-31.5,-35.5,-39.5,-43.5,-47.5,-51.5,-55.5,-59.5,+59.5"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="신청 또는 미신청 중 하나를 선택하세요." type="list">
       <formula1>"신청,미신청"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
@@ -9186,49 +9186,49 @@
     </row>
     <row r="98">
       <c r="D98" s="2" t="n"/>
     </row>
     <row r="99">
       <c r="D99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="이 구분은 앱솔루트를 신청할 수 없습니다." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="정해진 나이 구분만 입력하세요." type="list">
       <formula1>"04 중등부"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 성별만 선택하세요." type="list">
       <formula1>"남자,여자"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 벨트만 선택하세요." type="list">
-      <formula1>"비기너(6개월미만),화이트~그레이화이트,그레이~그린"</formula1>
+      <formula1>"화이트~그레이화이트,비기너(6개월미만),그레이~그린"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D100" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="입력 오류" error="리스트에 있는 체급만 선택하세요." type="list">
       <formula1>"-36,-38,-40,-43.5,-44.3,-48,-48.3,-52.5,-53.5,-56.5,-58.5,-60.5,-64,-65,-69,-74,-79.3,-84.3,-89.3,+69,+89.3,앱솔+56.5,앱솔+69,앱솔-56.5,앱솔-69"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>